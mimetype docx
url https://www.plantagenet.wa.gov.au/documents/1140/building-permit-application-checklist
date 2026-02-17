--- v0 (2026-01-28)
+++ v1 (2026-02-17)
@@ -7,67 +7,68 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="61AF92D7" w14:textId="1E4A1EAB" w:rsidR="00092DDB" w:rsidRPr="00092DDB" w:rsidRDefault="00997B24" w:rsidP="0060291E">
+    <w:p w14:paraId="61AF92D7" w14:textId="1E4A1EAB" w:rsidR="00092DDB" w:rsidRPr="000C6FF1" w:rsidRDefault="00997B24" w:rsidP="0060291E">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="DA1F43"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000C6FF1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21EDA266" wp14:editId="6F03464E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>7213155</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-1104265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5426710" cy="344170"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="17780"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1466278444" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5426710" cy="344170"/>
@@ -99,247 +100,238 @@
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="21EDA266" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:567.95pt;margin-top:-86.95pt;width:427.3pt;height:27.1pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDswWurSQIAAJ4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuP2jAQvlfqf7B8L0kgsFtEWFEQVSW0&#10;uxJb7dk4DonqeFzbkNBf37ETHrvtqerFmZe/GX8zk9lDW0tyFMZWoDKaDGJKhOKQV2qf0e8v60/3&#10;lFjHVM4kKJHRk7D0Yf7xw6zRUzGEEmQuDEEQZaeNzmjpnJ5GkeWlqJkdgBYKnQWYmjlUzT7KDWsQ&#10;vZbRMI4nUQMm1wa4sBatq85J5wG/KAR3T0VhhSMyo1ibC6cJ586f0XzGpnvDdFnxvgz2D1XUrFKY&#10;9AK1Yo6Rg6n+gKorbsBC4QYc6giKouIivAFfk8TvXrMtmRbhLUiO1Rea7P+D5Y/HrX42xLVfoMUG&#10;ekIabacWjf49bWFq/8VKCfqRwtOFNtE6wtE4ToeTuwRdHH2jNE3uAq/R9bY21n0VUBMvZNRgWwJb&#10;7LixDjNi6DnEJ7Mgq3xdSRkUs98tpSFHhi1cLZJ1OuruSl2yzjq6j+NzStuFB8w3OFKRJqOT0TgO&#10;19/4fPJLjp1k/IfnAau6iUJNKjRe2fGSa3dtT9kO8hMyaaAbMqv5ukLcDbPumRmcKmQIN8U94VFI&#10;wGKglygpwfz6m93HY7PRS0mDU5pR+/PAjKBEflM4Bp+TNPVjHZR0fDdExdx6drcedaiXgCwmuJOa&#10;B9HHO3kWCwP1Ky7UwmdFF1Mcc2fUncWl63YHF5KLxSIE4SBr5jZqq7mH9j3zfL60r8zovuMOZ+UR&#10;zvPMpu8a38X6mwoWBwdFFabCE9yx2vOOSxDa0i+s37JbPURdfyvz3wAAAP//AwBQSwMEFAAGAAgA&#10;AAAhABaM9+jjAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaO5TSOsSp&#10;qkoIkFCklH6AG2+TiHgdxW4b+HqcE9x2dkezb7LNaDt2wcG3jhQkcwEMqXKmpVrB4fNltgbmgyaj&#10;O0eo4Bs9bPLbm0ynxl2pxMs+1CyGkE+1giaEPuXcVw1a7eeuR4q3kxusDlEONTeDvsZw2/EHIZ64&#10;1S3FD43ucddg9bU/WwWh2A3y9afYFoI+qhLf3eO6fFPq/m7cPgMLOIY/M0z4ER3yyHR0ZzKedVEn&#10;i6WMXgWzZLWI0+SRUiyBHaddIlfA84z/75H/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOzBa6tJAgAAngQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABaM9+jjAAAADwEAAA8AAAAAAAAAAAAAAAAAowQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" fillcolor="#da1f43" strokeweight=".5pt">
                 <v:fill opacity="24929f"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="41C4B42F" w14:textId="77777777" w:rsidR="00997B24" w:rsidRDefault="00997B24" w:rsidP="00997B24"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00092DDB" w:rsidRPr="00092DDB">
+      <w:r w:rsidR="00092DDB" w:rsidRPr="000C6FF1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="DA1F43"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00092DDB" w:rsidRPr="00092DDB">
+      <w:r w:rsidR="00092DDB" w:rsidRPr="000C6FF1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="DA1F43"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>submit an application</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00092DDB" w:rsidRPr="00092DDB">
+      <w:r w:rsidR="00092DDB" w:rsidRPr="000C6FF1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="DA1F43"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for </w:t>
-[...17 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> for a building permit:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3C717E" w14:textId="313800C7" w:rsidR="00B10439" w:rsidRPr="00A75EF2" w:rsidRDefault="00B10439" w:rsidP="00A75EF2">
+    <w:p w14:paraId="4B3C717E" w14:textId="313800C7" w:rsidR="00B10439" w:rsidRPr="00A75EF2" w:rsidRDefault="00B10439" w:rsidP="000C6FF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Via Email</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00A75EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
           </w:rPr>
           <w:t>info@sop.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FABB5ED" w14:textId="3516678D" w:rsidR="00092DDB" w:rsidRPr="00A75EF2" w:rsidRDefault="00092DDB" w:rsidP="00A75EF2">
-      <w:pPr>
+    <w:p w14:paraId="4FABB5ED" w14:textId="3516678D" w:rsidR="00092DDB" w:rsidRPr="00A75EF2" w:rsidRDefault="00092DDB" w:rsidP="000C6FF1">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
         <w:ind w:right="102" w:firstLine="357"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(preferred method – we are moving towards a paperless working environment)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3014F9" w14:textId="77777777" w:rsidR="00A75EF2" w:rsidRPr="00A75EF2" w:rsidRDefault="00B10439" w:rsidP="00A75EF2">
+    <w:p w14:paraId="5D3014F9" w14:textId="77777777" w:rsidR="00A75EF2" w:rsidRPr="00A75EF2" w:rsidRDefault="00B10439" w:rsidP="000C6FF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r w:rsidR="00A75EF2" w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>erson</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
         </w:rPr>
         <w:t xml:space="preserve">: 22-24 Lowood Road, Mount Barker WA 6324 (Admin Building) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B748A8A" w14:textId="51D7C1BB" w:rsidR="00B10439" w:rsidRPr="00A75EF2" w:rsidRDefault="00B10439" w:rsidP="00A75EF2">
-      <w:pPr>
+    <w:p w14:paraId="2B748A8A" w14:textId="51D7C1BB" w:rsidR="00B10439" w:rsidRPr="00A75EF2" w:rsidRDefault="00B10439" w:rsidP="000C6FF1">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A75EF2">
         <w:t>(Preference for A3 Plans)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F38974" w14:textId="6B57CD72" w:rsidR="00B10439" w:rsidRPr="00A75EF2" w:rsidRDefault="00B10439" w:rsidP="00A75EF2">
+    <w:p w14:paraId="30F38974" w14:textId="6B57CD72" w:rsidR="00B10439" w:rsidRPr="00A75EF2" w:rsidRDefault="00B10439" w:rsidP="000C6FF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Via Post</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75EF2">
         <w:rPr>
           <w:rFonts w:ascii="Mulish" w:hAnsi="Mulish"/>
         </w:rPr>
         <w:t xml:space="preserve">: PO Box 48, Mount Barker WA 6324 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5763E1" w14:textId="77777777" w:rsidR="00A75EF2" w:rsidRPr="00A75EF2" w:rsidRDefault="00A75EF2" w:rsidP="00A75EF2">
-      <w:pPr>
+    <w:p w14:paraId="5E5763E1" w14:textId="77777777" w:rsidR="00A75EF2" w:rsidRPr="00A75EF2" w:rsidRDefault="00A75EF2" w:rsidP="000C6FF1">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
         <w:ind w:firstLine="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A75EF2">
         <w:t>(Preference for A3 Plans)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640951D4" w14:textId="6238CBF1" w:rsidR="00361CA3" w:rsidRPr="006537F8" w:rsidRDefault="00361CA3" w:rsidP="00A75EF2">
+    <w:p w14:paraId="640951D4" w14:textId="6238CBF1" w:rsidR="00361CA3" w:rsidRPr="006537F8" w:rsidRDefault="00361CA3" w:rsidP="000C6FF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
+        <w:spacing w:before="60" w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="DA1F43"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006537F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="DA1F43"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">For Certified Applications, you </w:t>
       </w:r>
       <w:r w:rsidR="004F2DEA" w:rsidRPr="006537F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -362,56 +354,57 @@
         <w:t xml:space="preserve"> need the necessary planning </w:t>
       </w:r>
       <w:r w:rsidR="002303D0" w:rsidRPr="006537F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="DA1F43"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="006537F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="DA1F43"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/or health approvals prior to submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54951D76" w14:textId="77777777" w:rsidR="005F7C2B" w:rsidRPr="006537F8" w:rsidRDefault="00FC5DA0" w:rsidP="00A75EF2">
+    <w:p w14:paraId="54951D76" w14:textId="77777777" w:rsidR="005F7C2B" w:rsidRPr="006537F8" w:rsidRDefault="00FC5DA0" w:rsidP="000C6FF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
+        <w:spacing w:before="60" w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="DA1F43"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006537F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="DA1F43"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">You </w:t>
       </w:r>
       <w:r w:rsidR="00E20E18" w:rsidRPr="006537F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -427,91 +420,99 @@
       <w:r w:rsidRPr="006537F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="DA1F43"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>need to</w:t>
       </w:r>
       <w:r w:rsidR="005F7C2B" w:rsidRPr="006537F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="DA1F43"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> contact the Water Corporation if you are building or renovating to ascertain whether they require you to submit plans to the Corporation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FAAFBF8" w14:textId="77777777" w:rsidR="006537F8" w:rsidRPr="006537F8" w:rsidRDefault="006537F8" w:rsidP="0060291E">
-[...1 lines deleted...]
-        <w:spacing w:after="60"/>
+    <w:p w14:paraId="4ED451BD" w14:textId="425095AE" w:rsidR="002D39E7" w:rsidRDefault="002D39E7" w:rsidP="000C6FF1">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="006537F8">
-        <w:t xml:space="preserve">Please contact our Planning &amp; Development Services team if you have any questions about the information needed to apply. </w:t>
+      <w:r w:rsidRPr="00235F5C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have any questions, please contact the Shire on 9892 1111 during office hours or send an email to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00235F5C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>info@sop.wa.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB9ECD8" w14:textId="2D910108" w:rsidR="006537F8" w:rsidRPr="006537F8" w:rsidRDefault="006537F8" w:rsidP="0060291E">
-[...1 lines deleted...]
-        <w:spacing w:after="40"/>
+    <w:p w14:paraId="3FB9ECD8" w14:textId="2B0DE343" w:rsidR="006537F8" w:rsidRPr="006537F8" w:rsidRDefault="006537F8" w:rsidP="000C6FF1">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="DA1F43"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006537F8">
         <w:rPr>
           <w:u w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Please see the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="006537F8">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="002D39E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="3071C3" w:themeColor="text2" w:themeTint="BF"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Building &amp; Pla</w:t>
-[...7 lines deleted...]
-          <w:t>nning Services Directory</w:t>
+          <w:t>Building &amp; Planning Services Directory</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006537F8">
         <w:rPr>
           <w:color w:val="3071C3" w:themeColor="text2" w:themeTint="BF"/>
           <w:u w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006537F8">
         <w:rPr>
           <w:u w:color="000000"/>
         </w:rPr>
         <w:t>for contact details for consultants and services for technical documents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="779823D6" w14:textId="77777777" w:rsidR="00361CA3" w:rsidRPr="00377A43" w:rsidRDefault="00361CA3" w:rsidP="00235F5C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
@@ -702,82 +703,83 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(BA</w:t>
             </w:r>
             <w:r w:rsidR="00377A43">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1 and BA3 or BA2</w:t>
             </w:r>
             <w:r w:rsidR="00F74BA9" w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00205326">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> located: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00205326" w:rsidRPr="00D70937">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://www.wa.gov.au/organisation/building-and-energy/building-approvals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00205326">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1323198519"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3C1E235C" w14:textId="04EAFB7D" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0060291E" w:rsidP="00755461">
                 <w:pPr>
                   <w:spacing w:after="240"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -847,51 +849,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction Training </w:t>
             </w:r>
             <w:r w:rsidR="00B72E96">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="0002453D" w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">evy </w:t>
             </w:r>
             <w:r w:rsidR="00B72E96">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">online - </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="00B72E96" w:rsidRPr="00F10923">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://www.wa.gov.au/service/education-and-training/vocational-education/pay-your-construction-training-fund-levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00B72E96">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> - and provide a copy of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>receipt as evidence of payment online (preferred) or completed</w:t>
             </w:r>
             <w:r w:rsidR="00FF5714">
               <w:rPr>
@@ -921,50 +923,51 @@
               </w:rPr>
               <w:t>rom us to complete</w:t>
             </w:r>
             <w:r w:rsidR="00FF5714">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="348377583"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="44864B26" w14:textId="23DA0412" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="006537F8" w:rsidP="00755461">
                 <w:pPr>
                   <w:spacing w:after="240"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -985,82 +988,83 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8966" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0097CC16" w14:textId="1AE6F525" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00377A43" w:rsidP="00755461">
             <w:pPr>
               <w:spacing w:before="60" w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377A43">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">If you intend to be an Owner Builder and building works are over $20,000, you will need Owner Builder approval from the State Government before you can proceed with your Building Permit with the Shire. You can find further information at: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="00235F5C" w:rsidRPr="00235F5C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://www.wa.gov.au/organisation/service-delivery/owner-builder-approval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00235F5C" w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="268207514"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5A7D2548" w14:textId="63F88621" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:spacing w:after="240"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1102,82 +1106,83 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Application to Construct or Install an Apparatus for the Treatment of Sewage (</w:t>
             </w:r>
             <w:r w:rsidR="00235F5C" w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">dwellings in </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>unsewered areas only)</w:t>
             </w:r>
             <w:r w:rsidR="00F60415">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – form available at: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="00F60415" w:rsidRPr="00EB61CB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://www.health.wa.gov.au/~/media/Files/Corporate/general-documents/water/Wastewater/Septic-Application.pdf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F60415">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1602481505"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0DE88248" w14:textId="5C4E51E5" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:spacing w:after="240"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1227,50 +1232,51 @@
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2024772719"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="018EBA0B" w14:textId="7F7CEDEB" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:spacing w:after="240"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1303,210 +1309,267 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6810D075" w14:textId="42814F41" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:spacing w:before="60" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Crossover Application forms</w:t>
             </w:r>
             <w:r w:rsidR="00F60415">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> located: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="00F60415" w:rsidRPr="00EB61CB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://www.plantagenet.wa.gov.au/develop-build/building/vehicle-crossovers.aspx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F60415">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-310406790"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="426" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="6819FFFA" w14:textId="32BDA003" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:spacing w:after="240"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="724981C3" w14:textId="77777777" w:rsidR="00755461" w:rsidRPr="0060291E" w:rsidRDefault="00755461" w:rsidP="00755461">
+    <w:p w14:paraId="724981C3" w14:textId="619D4641" w:rsidR="002D39E7" w:rsidRDefault="002D39E7" w:rsidP="00755461">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="669C545A" w14:textId="158796E9" w:rsidR="0055621E" w:rsidRPr="0055621E" w:rsidRDefault="0055621E" w:rsidP="0055621E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3697"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C2853D" w14:textId="77777777" w:rsidR="0055621E" w:rsidRPr="0055621E" w:rsidRDefault="0055621E" w:rsidP="0055621E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF31AFF" w14:textId="77777777" w:rsidR="0055621E" w:rsidRPr="0055621E" w:rsidRDefault="0055621E" w:rsidP="0055621E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0055621E" w:rsidRPr="0055621E" w:rsidSect="0055621E">
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="851" w:right="1077" w:bottom="709" w:left="1077" w:header="851" w:footer="537" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="699D255F" w14:textId="0F648947" w:rsidR="002D39E7" w:rsidRPr="000C6FF1" w:rsidRDefault="002D39E7">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10060" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
-        <w:gridCol w:w="8955"/>
+        <w:gridCol w:w="8900"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="11"/>
         <w:gridCol w:w="437"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="06D2097C" w14:textId="77777777" w:rsidTr="00C1612B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="328315EA" w14:textId="78ABA66E" w:rsidR="00BE0DF4" w:rsidRPr="00755461" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9392" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="30AA0D6E" w14:textId="061BD694" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PLANS (to be provided)</w:t>
             </w:r>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00755461" w:rsidRPr="00235F5C" w14:paraId="7AC1A7A6" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00755461" w:rsidRPr="00235F5C" w14:paraId="7AC1A7A6" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="368B15ED" w14:textId="574B23DC" w:rsidR="00755461" w:rsidRPr="00235F5C" w:rsidRDefault="00755461" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8966" w:type="dxa"/>
+            <w:tcW w:w="8955" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="53AFEC9A" w14:textId="57E966D5" w:rsidR="00755461" w:rsidRPr="00235F5C" w:rsidRDefault="00755461" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>One complete set of plans must be provided (electronic plans are accepted).  All plans</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
               <w:rPr>
@@ -1578,133 +1641,100 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>owner details.  Must be no larger than A3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1600142247"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="426" w:type="dxa"/>
+                <w:tcW w:w="437" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1F14C476" w14:textId="48B6E664" w:rsidR="00755461" w:rsidRPr="00235F5C" w:rsidRDefault="006537F8" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-    </w:tbl>
-[...31 lines deleted...]
-      </w:tblGrid>
       <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="5F9A6246" w14:textId="77777777" w:rsidTr="00AC6CB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="0F8B687F" w14:textId="6D1EA610" w:rsidR="00BE0DF4" w:rsidRPr="00916272" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916272">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9392" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="58B41CFB" w14:textId="77777777" w:rsidR="00D27425" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0DF4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
@@ -1726,149 +1756,150 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="661F7362" w14:textId="3E9E446F" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0DF4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*Can be inset on Site Plan*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="3CB9BEE3" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="3CB9BEE3" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="31F12D6B" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8911" w:type="dxa"/>
+            <w:tcW w:w="8900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C682456" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Show entire lot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-131947048"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="481" w:type="dxa"/>
+                <w:tcW w:w="492" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
               </w:tcPr>
               <w:p w14:paraId="1246AF24" w14:textId="6249384F" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="1EC88CFB" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="1EC88CFB" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="3CDCD6E4" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8911" w:type="dxa"/>
+            <w:tcW w:w="8900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F2CCD27" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Show propos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
@@ -1884,316 +1915,320 @@
               </w:rPr>
               <w:t xml:space="preserve">of building work </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>on site with relevant setbacks from boundary lines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1543716846"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="481" w:type="dxa"/>
+                <w:tcW w:w="492" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
               </w:tcPr>
               <w:p w14:paraId="74C759AF" w14:textId="6AF8A45E" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="3C1B0F83" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="3C1B0F83" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0ED53D26" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8911" w:type="dxa"/>
+            <w:tcW w:w="8900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2597849E" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Street name(s), lot number(s), north point</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dimensions of the property</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1081294559"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="481" w:type="dxa"/>
+                <w:tcW w:w="492" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
               </w:tcPr>
               <w:p w14:paraId="40C76283" w14:textId="33AD400E" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="41335918" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="41335918" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="752ED8D9" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8911" w:type="dxa"/>
+            <w:tcW w:w="8900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2141E8E1" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Building Envelope including dimensions, setbacks from boundaries, natural features (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>here applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="822003198"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="481" w:type="dxa"/>
+                <w:tcW w:w="492" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
               </w:tcPr>
               <w:p w14:paraId="788FD6E0" w14:textId="7E862034" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="6D204ACB" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="6D204ACB" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="69EDC229" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8911" w:type="dxa"/>
+            <w:tcW w:w="8900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="613E93EE" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Proposed/Existing Vehicular Access (Crossover) location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-182745170"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="481" w:type="dxa"/>
+                <w:tcW w:w="492" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
               </w:tcPr>
               <w:p w14:paraId="38BE0706" w14:textId="44FE54FE" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="07D89C1F" w14:textId="77777777" w:rsidTr="00AD1C62">
         <w:tc>
@@ -2226,70 +2261,70 @@
           <w:tcPr>
             <w:tcW w:w="9392" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="6B647490" w14:textId="16227C1F" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Site Plan (minimum scale 1:200) (example included in application pack)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="1CE135B1" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="1CE135B1" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1BEA02A4" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7B741BF3" w14:textId="716123F1" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Feature</w:t>
             </w:r>
             <w:r w:rsidR="002303D0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2335,176 +2370,178 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>proposed floor/ground levels including any filling or excavation of the site</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-669102161"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="30613955" w14:textId="19817085" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="5002D16E" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="5002D16E" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="06D5898B" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="490A3C7D" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Building Envelope including dimensions, setbacks from boundaries, natural features (Where applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="730656639"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="28BF5A95" w14:textId="2A7A1C0A" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="4FE6BA95" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="4FE6BA95" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="172957DC" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="281C3FCE" w14:textId="5DAC3987" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All existing</w:t>
             </w:r>
             <w:r w:rsidR="002303D0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -2549,97 +2586,98 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>between buildings (If applicable) (e.g. house, sheds, swimming pool, water tanks, etc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1394927460"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="5EC8941B" w14:textId="2E956370" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="1BA4BA9E" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="1BA4BA9E" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6190B9BF" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0832C981" w14:textId="115C4F0D" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Street name(s), lot number(s), north point</w:t>
             </w:r>
             <w:r w:rsidR="002303D0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -2656,97 +2694,98 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the dimensions of the property</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1747461314"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="1F6909AB" w14:textId="42026384" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="63F86448" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="63F86448" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1997FC8B" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="76C01C5C" w14:textId="70229FDE" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
             <w:r w:rsidR="002303D0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -2763,97 +2802,98 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>details of effluent disposal system (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-513768100"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="430CFAA5" w14:textId="3D46C193" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="07820B9A" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="07820B9A" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4B2BFDEA" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="71B8D917" w14:textId="5710F197" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All existing trees close to the proposed structures or driveways</w:t>
             </w:r>
             <w:r w:rsidR="002303D0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -2884,97 +2924,98 @@
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>scaping/Tree Planting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1124469896"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="5B6D3473" w14:textId="5DB15B7F" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="16699340" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="16699340" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2303D509" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="651075B0" w14:textId="6C82D9BE" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Existing</w:t>
             </w:r>
             <w:r w:rsidR="002303D0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -3019,176 +3060,178 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>other paved or impervious areas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-266390608"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="437FBC5A" w14:textId="1AFE73D4" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="126E6038" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="126E6038" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6B42CDD2" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7CDEEDBE" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Proposed stormwater management devices (pipes, drains, basins, tanks, dams)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1566366230"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="0F5386FD" w14:textId="76A589E8" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="253E901B" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="0002453D" w:rsidRPr="00235F5C" w14:paraId="253E901B" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2F6E02AF" w14:textId="77777777" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2A69D236" w14:textId="5CAC6E01" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="0002453D" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Height</w:t>
             </w:r>
             <w:r w:rsidR="002303D0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -3205,133 +3248,135 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>extent of proposed earthworks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1890562027"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="38B224E7" w14:textId="4EFD279B" w:rsidR="0002453D" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="3C53215B" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="3C53215B" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6C2B1BA5" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8922" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4CD07FDA" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>North point</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1043748280"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="470" w:type="dxa"/>
+                <w:tcW w:w="481" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="75C5B239" w14:textId="7B0B812C" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="08C94D06" w14:textId="77777777" w:rsidTr="00AB5557">
         <w:tc>
@@ -3364,312 +3409,315 @@
           <w:tcPr>
             <w:tcW w:w="9392" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="0CED5B03" w14:textId="35AEF060" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Floor Plan (scale 1:100)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="6E6DB392" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="6E6DB392" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2D9C84DF" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8933" w:type="dxa"/>
+            <w:tcW w:w="8922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="68A2207F" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All dimensions of the proposed building(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="114190453"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="459" w:type="dxa"/>
+                <w:tcW w:w="470" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
               </w:tcPr>
               <w:p w14:paraId="2EC59EE6" w14:textId="59D8019A" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="200C38B1" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="200C38B1" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="018ED5F7" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8933" w:type="dxa"/>
+            <w:tcW w:w="8922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5FB303D3" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Room names</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1652284537"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="459" w:type="dxa"/>
+                <w:tcW w:w="470" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
               </w:tcPr>
               <w:p w14:paraId="71A69E1A" w14:textId="24D2582C" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="0E31A346" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="0E31A346" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0FE7B1D9" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8933" w:type="dxa"/>
+            <w:tcW w:w="8922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="469E999D" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sunken areas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1763334298"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="459" w:type="dxa"/>
+                <w:tcW w:w="470" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
               </w:tcPr>
               <w:p w14:paraId="4D77F653" w14:textId="2F9F5DD4" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="5EA0A6D1" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="5EA0A6D1" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="21517518" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8933" w:type="dxa"/>
+            <w:tcW w:w="8922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4D05EA31" w14:textId="5304B12E" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Location of windows</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -3686,178 +3734,180 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>doors showing their sizes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="532548089"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="459" w:type="dxa"/>
+                <w:tcW w:w="470" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
               </w:tcPr>
               <w:p w14:paraId="76F636C9" w14:textId="6E30C23F" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="6B752DE7" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="6B752DE7" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="542C8C0C" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8933" w:type="dxa"/>
+            <w:tcW w:w="8922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4C058652" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hard wired smoke detector location(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1087370335"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="459" w:type="dxa"/>
+                <w:tcW w:w="470" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
               </w:tcPr>
               <w:p w14:paraId="0AFEC917" w14:textId="2FE14111" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="3A60E1C3" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="3A60E1C3" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="096ED9C1" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8933" w:type="dxa"/>
+            <w:tcW w:w="8922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7CA464B3" w14:textId="6EEBC073" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ridge, valley, eaves line</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -3874,54 +3924,55 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>downpipe locations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-552455694"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="459" w:type="dxa"/>
+                <w:tcW w:w="470" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
               </w:tcPr>
               <w:p w14:paraId="49B831F2" w14:textId="33BC06A9" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="7D22A8FB" w14:textId="77777777" w:rsidTr="001632EA">
         <w:tc>
@@ -3954,71 +4005,71 @@
           <w:tcPr>
             <w:tcW w:w="9392" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="2EC6010A" w14:textId="09AF1CE4" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Elevations (scale 1:100)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="582B5BD8" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="582B5BD8" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="35B9A8E9" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8944" w:type="dxa"/>
+            <w:tcW w:w="8933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2E91B2B6" w14:textId="1D0C4421" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Existing ground</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -4064,98 +4115,99 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ground levels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1632693814"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="448" w:type="dxa"/>
+                <w:tcW w:w="459" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="2681AF35" w14:textId="58D67C35" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="56BE8B38" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="56BE8B38" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="126F5446" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8944" w:type="dxa"/>
+            <w:tcW w:w="8933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="5400BCFF" w14:textId="1E9D7858" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -4200,214 +4252,217 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>windows (including direction of opening) e.g. fixed, sliding, awning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1859079796"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="448" w:type="dxa"/>
+                <w:tcW w:w="459" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="3B5F6BFD" w14:textId="087967DA" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="3C2A4395" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="3C2A4395" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="66EFDA07" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8944" w:type="dxa"/>
+            <w:tcW w:w="8933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="1A8C33F5" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Roof pitch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1763946543"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="448" w:type="dxa"/>
+                <w:tcW w:w="459" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0FB209AF" w14:textId="2B174180" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="480F42A8" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="480F42A8" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="3C6F9022" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8944" w:type="dxa"/>
+            <w:tcW w:w="8933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="1EF93C80" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Types of materials used</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1819306577"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="448" w:type="dxa"/>
+                <w:tcW w:w="459" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="5A92AD4D" w14:textId="04875F07" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="1D3E434B" w14:textId="77777777" w:rsidTr="00400B89">
         <w:tc>
@@ -4440,152 +4495,153 @@
           <w:tcPr>
             <w:tcW w:w="9392" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="06AC5B7B" w14:textId="41A99906" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cross sectional view (scale 1:100)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="5B906769" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="5B906769" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="78A86444" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8955" w:type="dxa"/>
+            <w:tcW w:w="8944" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="6F1B849A" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Finished ground level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1331056166"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="437" w:type="dxa"/>
+                <w:tcW w:w="448" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="0DBB0A8C" w14:textId="2D6764F8" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="30BB9C90" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="30BB9C90" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4DDC1D15" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8955" w:type="dxa"/>
+            <w:tcW w:w="8944" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="105484BA" w14:textId="23521DF6" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Type of sub-floor structure (e.g. concrete footing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -4602,557 +4658,582 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>slab or frame)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-449708752"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="437" w:type="dxa"/>
+                <w:tcW w:w="448" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="15747BBC" w14:textId="46C25E7C" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="6F40543D" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="6F40543D" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2871FBCF" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8955" w:type="dxa"/>
+            <w:tcW w:w="8944" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="37D5F038" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sunken areas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1398710261"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="437" w:type="dxa"/>
+                <w:tcW w:w="448" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="256D5AC7" w14:textId="6F12B1AA" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="509E9D87" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="509E9D87" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="11ECA119" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8955" w:type="dxa"/>
+            <w:tcW w:w="8944" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="3DECF627" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Height of ceiling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1986886638"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="437" w:type="dxa"/>
+                <w:tcW w:w="448" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="46AC073E" w14:textId="5D228AC8" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="730A8ABF" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="730A8ABF" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="700E333C" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00755461" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8955" w:type="dxa"/>
+            <w:tcW w:w="8944" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="6BD073EA" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Type of roof (e.g.: steel truss, pitched, engineered roof)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="577100303"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="437" w:type="dxa"/>
+                <w:tcW w:w="448" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="36FBC03C" w14:textId="6C758660" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="11DEA464" w14:textId="77777777" w:rsidR="002D39E7" w:rsidRPr="002D39E7" w:rsidRDefault="002D39E7">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10060" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="8955"/>
+        <w:gridCol w:w="437"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="455BAFF5" w14:textId="77777777" w:rsidTr="00F5112B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7679B021" w14:textId="77777777" w:rsidR="00BE0DF4" w:rsidRPr="00755461" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
+          <w:p w14:paraId="7679B021" w14:textId="511B3336" w:rsidR="00BE0DF4" w:rsidRPr="00755461" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9392" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="43F266B9" w14:textId="4B18C380" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Electrical</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="0C7607EE" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="0C7607EE" w14:textId="77777777" w:rsidTr="000C6FF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="697A214B" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8966" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="8955" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D5C2B8B" w14:textId="6EEE2629" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Electrical layout plan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> including smoke detector locations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-2106638190"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="426" w:type="dxa"/>
+                <w:tcW w:w="437" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="23FF1930" w14:textId="36C304A0" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="737F36E8" w14:textId="77777777" w:rsidR="00755461" w:rsidRDefault="00755461" w:rsidP="00755461"/>
-[...3 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="737F36E8" w14:textId="77777777" w:rsidR="00755461" w:rsidRPr="002D39E7" w:rsidRDefault="00755461" w:rsidP="00755461">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C04FA42" w14:textId="77777777" w:rsidR="00755461" w:rsidRDefault="00755461" w:rsidP="00755461"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10060" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="8955"/>
         <w:gridCol w:w="437"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="33DB0A25" w14:textId="77777777" w:rsidTr="00824440">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CFCE127" w14:textId="1C9001FC" w:rsidR="00BE0DF4" w:rsidRPr="00755461" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9392" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="3DEFCEBD" w14:textId="06A877AB" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Soil Assessment/Wind rating</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="483B88B5" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="483B88B5" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="7520ECFA" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00474BA3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8966" w:type="dxa"/>
+            <w:tcW w:w="8955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B30343A" w14:textId="578CACD4" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Site</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
@@ -5177,228 +5258,231 @@
               <w:t xml:space="preserve">Soil Evaluation (required under </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Government Sewerage Policy 2019)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-450247676"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="426" w:type="dxa"/>
+                <w:tcW w:w="437" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="53503CDB" w14:textId="13986FD6" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="30CD2936" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="30CD2936" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2EF857DB" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00474BA3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8966" w:type="dxa"/>
+            <w:tcW w:w="8955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="084F26B5" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Soil assessment (required for footings)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1274168725"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="426" w:type="dxa"/>
+                <w:tcW w:w="437" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5F8C9F6E" w14:textId="7DC97EF3" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="607846DF" w14:textId="77777777" w:rsidTr="006537F8">
+      <w:tr w:rsidR="00474BA3" w:rsidRPr="00235F5C" w14:paraId="607846DF" w14:textId="77777777" w:rsidTr="002D39E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="49B2C5D2" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00474BA3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8966" w:type="dxa"/>
+            <w:tcW w:w="8955" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A5BF4E2" w14:textId="77777777" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wind rating (AS4055 – Class 1: 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2 storeys, Class 10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1815064184"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="426" w:type="dxa"/>
+                <w:tcW w:w="437" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="64CE7C02" w14:textId="51631DD0" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
@@ -5526,50 +5610,51 @@
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of specifications must be submitted with your application.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-990481803"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="447" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4BE8DEC0" w14:textId="2AAC3137" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -5609,50 +5694,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All other information not shown on the drawings, which is necessary to show that the building will, if constructed in accordance with the specifications, comply with the provisions of the Building Code of Australia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1439794517"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="447" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="373634C9" w14:textId="2CEC170D" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -5794,82 +5880,83 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE0DF4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>lighting calculator (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00235F5C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.abcb.gov.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>); or</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-260458305"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="437" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="6052CA67" w14:textId="6DC9CC85" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -5934,82 +6021,83 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>tar Rating Energy Efficiency report from an accredited assessor</w:t>
             </w:r>
             <w:r w:rsidR="00135C09">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00235F5C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.absa.net.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-479235585"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="437" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="54226E2F" w14:textId="565BEFE6" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6175,50 +6263,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Details of termite management</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1075709782"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="417" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="468C5D27" w14:textId="6BCF548D" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="006537F8" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6325,82 +6414,83 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8952" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32881EC7" w14:textId="3ED981AC" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00474BA3" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Depending on the bushfire risk, if your property is in the ‘Pink’ zone a BAL (Bushfire Attack Level) Assessment may be required.  Check here for bushfire prone areas: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00EB61CB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://maps.slip.wa.gov.au/landgate/bushfireprone/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1817945385"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="437" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="2B119043" w14:textId="75829539" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="006537F8" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6575,50 +6665,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> if within 7 years of building</w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1180248155"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="442" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="787F8DAF" w14:textId="407FFF07" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -6660,50 +6751,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Original copy of Home Indemnity Insurance Certificate from approved insurer (for registered builders)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="315539841"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="442" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="1D46823D" w14:textId="6DCD28F6" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6876,50 +6968,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>reinforcement is required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-447623852"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1223AA09" w14:textId="384B060E" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -6954,50 +7047,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>To avoid excessive deflection, structural roof beams must be designed by a Structural Engineer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1650945379"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="726F6FFC" w14:textId="6B02F16F" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -7032,50 +7126,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All structural elements of two storey or higher construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-706104685"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1B1D3DFC" w14:textId="0EF3EB30" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -7166,50 +7261,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>greater</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="2099517961"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="492C94A8" w14:textId="0CD35847" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -7244,50 +7340,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Retaining walls with finished height exceeding 1.0m (see retaining walls information sheet)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1172069074"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="227E8DA5" w14:textId="3A742F5F" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -7322,480 +7419,248 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Any other details as required by the Principal Building Surveyor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="747857406"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="12923050" w14:textId="03FF0F0C" w:rsidR="00474BA3" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52912074" w14:textId="77777777" w:rsidR="002303D0" w:rsidRPr="00916272" w:rsidRDefault="002303D0" w:rsidP="00997B24">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10057" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="669"/>
-        <w:gridCol w:w="7973"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="258"/>
+        <w:gridCol w:w="8940"/>
         <w:gridCol w:w="448"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w14:paraId="35269E44" w14:textId="77777777" w:rsidTr="00FB2BF1">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E3380BA" w14:textId="7EE16C6E" w:rsidR="00BE0DF4" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916272">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9388" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="737D9E16" w14:textId="7FF399BB" w:rsidR="00BE0DF4" w:rsidRPr="00235F5C" w:rsidRDefault="00BE0DF4" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755461">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FEES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00755461" w:rsidRPr="00235F5C" w14:paraId="26C392DF" w14:textId="77777777" w:rsidTr="006537F8">
         <w:trPr>
           <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D4A0F06" w14:textId="4300559E" w:rsidR="00755461" w:rsidRPr="00916272" w:rsidRDefault="00755461" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8940" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6D2F138C" w14:textId="3F6AAB57" w:rsidR="00755461" w:rsidRPr="00235F5C" w:rsidRDefault="00755461" w:rsidP="00755461">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235F5C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>You are advised that all relevant fees are required to be paid prior to an application being classed as ready for assessment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-706645776"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="448" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="420DCECE" w14:textId="041B6A6F" w:rsidR="00755461" w:rsidRPr="00235F5C" w:rsidRDefault="00D27425" w:rsidP="00755461">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00235F5C" w:rsidRPr="00916272" w14:paraId="30E0BBE8" w14:textId="77777777" w:rsidTr="008274F9">
-[...229 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="7ACAC15E" w14:textId="77777777" w:rsidR="00FB7B56" w:rsidRPr="00916272" w:rsidRDefault="00FB7B56" w:rsidP="00755461">
       <w:pPr>
         <w:ind w:left="539" w:hanging="539"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00FB7B56" w:rsidRPr="00916272" w:rsidSect="008274F9">
+    <w:sectPr w:rsidR="00FB7B56" w:rsidRPr="00916272" w:rsidSect="0055621E">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="851" w:right="1077" w:bottom="709" w:left="1077" w:header="851" w:footer="217" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1077" w:bottom="709" w:left="1077" w:header="851" w:footer="528" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6B6FCCA1" w14:textId="77777777" w:rsidR="00E7508A" w:rsidRDefault="00E7508A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="12E6C2B4" w14:textId="77777777" w:rsidR="00E7508A" w:rsidRDefault="00E7508A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
@@ -7856,586 +7721,513 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mulish ExtraBold">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-    <w:sdtPr>
+  <w:p w14:paraId="5B18B1CF" w14:textId="77777777" w:rsidR="0055621E" w:rsidRPr="0055621E" w:rsidRDefault="0055621E" w:rsidP="0055621E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:id w:val="2138838950"/>
-[...34 lines deleted...]
-            <w:sdtPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0055621E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>BUILDING PERMIT APPLCATION CHECKLIST</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0055621E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="719590A8" w14:textId="2B15AE51" w:rsidR="0055621E" w:rsidRPr="0055621E" w:rsidRDefault="0055621E" w:rsidP="0055621E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8640"/>
+      </w:tabs>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0055621E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Shire of Plantagenet | www.plantagenet.wa.gov.au</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0055621E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">          </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0055621E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="0055621E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="0055621E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="0055621E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">             </w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:id w:val="-1701078184"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:id w:val="-1769616900"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:r w:rsidRPr="0055621E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:id w:val="-1389100601"/>
-[...292 lines deleted...]
-              </w:tabs>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="2"/>
-[...7 lines deleted...]
-  </w:sdt>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055621E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:sdtContent>
+        </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0E4BFED4" w14:textId="77777777" w:rsidR="00E7508A" w:rsidRDefault="00E7508A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6D69B55C" w14:textId="77777777" w:rsidR="00E7508A" w:rsidRDefault="00E7508A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0A8DF619" w14:textId="77777777" w:rsidR="00092DDB" w:rsidRPr="00092DDB" w:rsidRDefault="00092DDB" w:rsidP="00235F5C">
+  <w:p w14:paraId="319F3088" w14:textId="2177C76B" w:rsidR="000C6FF1" w:rsidRPr="000C6FF1" w:rsidRDefault="0055621E" w:rsidP="000C6FF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:tabs>
-[...4 lines deleted...]
-        <w:rFonts w:ascii="Mulish ExtraBold" w:hAnsi="Mulish ExtraBold" w:cstheme="minorHAnsi"/>
+      <w:rPr>
         <w:bCs/>
-        <w:color w:val="3A2161"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...8 lines deleted...]
-        <w:rFonts w:ascii="Mulish ExtraBold" w:hAnsi="Mulish ExtraBold" w:cstheme="minorHAnsi"/>
+    <w:r w:rsidRPr="000C6FF1">
+      <w:rPr>
+        <w:rFonts w:ascii="Mulish ExtraBold" w:hAnsi="Mulish ExtraBold"/>
         <w:noProof/>
         <w:color w:val="3A2161"/>
-      </w:rPr>
-[...7 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B2E31B9" wp14:editId="0F135903">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E08C5F4" wp14:editId="4552BB9D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>5405565</wp:posOffset>
+            <wp:posOffset>5405755</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-594995</wp:posOffset>
+            <wp:posOffset>-375598</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1080135" cy="978535"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1546984630" name="Picture 1"/>
+          <wp:docPr id="2044389566" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1517276932" name="Picture 1517276932"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1080135" cy="978535"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="000E5B92">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Mulish ExtraBold" w:hAnsi="Mulish ExtraBold" w:cstheme="minorHAnsi"/>
+  </w:p>
+  <w:p w14:paraId="431593DE" w14:textId="34A7B92D" w:rsidR="000C6FF1" w:rsidRPr="000C6FF1" w:rsidRDefault="000C6FF1" w:rsidP="000C6FF1">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Mulish ExtraBold" w:hAnsi="Mulish ExtraBold"/>
+        <w:color w:val="3A2161"/>
+        <w:sz w:val="40"/>
+        <w:szCs w:val="40"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="000C6FF1">
+      <w:rPr>
+        <w:rFonts w:ascii="Mulish ExtraBold" w:hAnsi="Mulish ExtraBold"/>
         <w:b/>
         <w:color w:val="3A2161"/>
-        <w:sz w:val="32"/>
-        <w:szCs w:val="32"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>BUILDING PERMIT APPLICATION CHECKLIST</w:t>
     </w:r>
-    <w:r w:rsidRPr="000E5B92">
-[...2 lines deleted...]
-        <w:noProof/>
+    <w:r w:rsidRPr="000C6FF1">
+      <w:rPr>
+        <w:rFonts w:ascii="Mulish ExtraBold" w:hAnsi="Mulish ExtraBold"/>
         <w:color w:val="3A2161"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00235F5C" w:rsidRPr="000E5B92">
-[...2 lines deleted...]
-        <w:noProof/>
+    <w:r w:rsidRPr="000C6FF1">
+      <w:rPr>
+        <w:rFonts w:ascii="Mulish ExtraBold" w:hAnsi="Mulish ExtraBold"/>
         <w:color w:val="3A2161"/>
+        <w:sz w:val="40"/>
+        <w:szCs w:val="40"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="752EE984" w14:textId="2CC6C77C" w:rsidR="00092DDB" w:rsidRPr="003F6322" w:rsidRDefault="00092DDB" w:rsidP="003F6322">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="752EE984" w14:textId="2CC6C77C" w:rsidR="00092DDB" w:rsidRPr="003F6322" w:rsidRDefault="00092DDB" w:rsidP="003F6322">
+  <w:p w14:paraId="68704738" w14:textId="77777777" w:rsidR="000C6FF1" w:rsidRPr="003F6322" w:rsidRDefault="000C6FF1" w:rsidP="003F6322">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype w14:anchorId="21EDA266" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="Picture 111608169" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:11.5pt;height:11.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="Picture 111608169" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:10.75pt;height:10.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E853620"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C06A51C"/>
     <w:lvl w:ilvl="0" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
@@ -10018,156 +9810,162 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1620724014">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="305401674">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="520360087">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1222137994">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="761990296">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1021511136">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="AGQWPBIr39YmHKMUtFbRZaNo8+lfaWuG47u22qTbb/P/cphVvESzcSnFEuObch2qQg27aPgqsB7Td9B8jYYK9w==" w:salt="AlJWrCqPhJVxJn8DAjjL1A=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mKorC42PlIxOCJ5lY8b1pyb4fPOr8WgamxZFFcvYUPVRUxU9y5J/8Rq6B8HvPbe1hH1QmVOFFaYzf/MXRD4zqA==" w:salt="i0Ge2eGvSR2xiY/3aLcHYg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005742CC"/>
     <w:rsid w:val="0002453D"/>
     <w:rsid w:val="00026769"/>
     <w:rsid w:val="0004606C"/>
     <w:rsid w:val="00071AA2"/>
     <w:rsid w:val="0008544E"/>
     <w:rsid w:val="00092DDB"/>
+    <w:rsid w:val="0009379D"/>
     <w:rsid w:val="000A2639"/>
     <w:rsid w:val="000A58F3"/>
     <w:rsid w:val="000C1392"/>
     <w:rsid w:val="000C2B82"/>
     <w:rsid w:val="000C4054"/>
+    <w:rsid w:val="000C6FF1"/>
     <w:rsid w:val="000D1FA3"/>
     <w:rsid w:val="000E5B92"/>
     <w:rsid w:val="00134FAF"/>
     <w:rsid w:val="00135C09"/>
     <w:rsid w:val="00136B7E"/>
     <w:rsid w:val="00140DDE"/>
     <w:rsid w:val="001B76BD"/>
     <w:rsid w:val="001C196E"/>
     <w:rsid w:val="001D4224"/>
     <w:rsid w:val="001F0216"/>
     <w:rsid w:val="00205326"/>
     <w:rsid w:val="00213BCA"/>
     <w:rsid w:val="0022754C"/>
     <w:rsid w:val="002303D0"/>
     <w:rsid w:val="00232F1E"/>
     <w:rsid w:val="00233A1B"/>
     <w:rsid w:val="00235F5C"/>
     <w:rsid w:val="0023628F"/>
     <w:rsid w:val="00253500"/>
     <w:rsid w:val="00267081"/>
     <w:rsid w:val="002761F8"/>
     <w:rsid w:val="00280F0F"/>
     <w:rsid w:val="002816CB"/>
     <w:rsid w:val="002934AA"/>
     <w:rsid w:val="002A1469"/>
     <w:rsid w:val="002A1B83"/>
+    <w:rsid w:val="002D39E7"/>
     <w:rsid w:val="002E1D0B"/>
     <w:rsid w:val="002F17F0"/>
     <w:rsid w:val="002F2FB5"/>
     <w:rsid w:val="002F4106"/>
     <w:rsid w:val="00312238"/>
     <w:rsid w:val="0033502E"/>
     <w:rsid w:val="00352D0F"/>
     <w:rsid w:val="003530D2"/>
     <w:rsid w:val="00361CA3"/>
     <w:rsid w:val="00370246"/>
     <w:rsid w:val="00377A43"/>
     <w:rsid w:val="00385332"/>
     <w:rsid w:val="003D0C6B"/>
     <w:rsid w:val="003D5881"/>
     <w:rsid w:val="003F6322"/>
+    <w:rsid w:val="0041756A"/>
     <w:rsid w:val="004244C1"/>
     <w:rsid w:val="00461E37"/>
     <w:rsid w:val="00474BA3"/>
     <w:rsid w:val="004D2FB7"/>
     <w:rsid w:val="004E3C8A"/>
     <w:rsid w:val="004F2DEA"/>
     <w:rsid w:val="00511A81"/>
     <w:rsid w:val="00523F66"/>
     <w:rsid w:val="00540AF8"/>
+    <w:rsid w:val="0055621E"/>
     <w:rsid w:val="005742CC"/>
     <w:rsid w:val="005A4283"/>
     <w:rsid w:val="005C3CED"/>
     <w:rsid w:val="005C5E17"/>
     <w:rsid w:val="005F7C2B"/>
     <w:rsid w:val="0060291E"/>
     <w:rsid w:val="0061401E"/>
     <w:rsid w:val="00633270"/>
     <w:rsid w:val="006537F8"/>
     <w:rsid w:val="006905D7"/>
     <w:rsid w:val="00693561"/>
     <w:rsid w:val="006A260A"/>
     <w:rsid w:val="006A4552"/>
     <w:rsid w:val="006F18FC"/>
     <w:rsid w:val="007457CA"/>
     <w:rsid w:val="00755461"/>
     <w:rsid w:val="0079486A"/>
+    <w:rsid w:val="007A2A02"/>
     <w:rsid w:val="007B74BE"/>
     <w:rsid w:val="007C20B2"/>
     <w:rsid w:val="007C37AF"/>
     <w:rsid w:val="007F4DD9"/>
     <w:rsid w:val="00817F46"/>
     <w:rsid w:val="008274F9"/>
     <w:rsid w:val="0082793C"/>
     <w:rsid w:val="008A11C7"/>
     <w:rsid w:val="008B7303"/>
     <w:rsid w:val="00916272"/>
     <w:rsid w:val="00952172"/>
     <w:rsid w:val="00997B24"/>
     <w:rsid w:val="009E04EC"/>
     <w:rsid w:val="009F10EB"/>
     <w:rsid w:val="009F4474"/>
     <w:rsid w:val="00A10442"/>
     <w:rsid w:val="00A30BD8"/>
     <w:rsid w:val="00A616AF"/>
     <w:rsid w:val="00A75EF2"/>
     <w:rsid w:val="00A84142"/>
     <w:rsid w:val="00A863D4"/>
     <w:rsid w:val="00AA04A0"/>
     <w:rsid w:val="00AA771E"/>
     <w:rsid w:val="00AE15B9"/>
     <w:rsid w:val="00AF3DF5"/>
@@ -10180,50 +9978,51 @@
     <w:rsid w:val="00C10FA1"/>
     <w:rsid w:val="00C12471"/>
     <w:rsid w:val="00C1575D"/>
     <w:rsid w:val="00C2245A"/>
     <w:rsid w:val="00C3602E"/>
     <w:rsid w:val="00C37726"/>
     <w:rsid w:val="00C5428E"/>
     <w:rsid w:val="00C9323E"/>
     <w:rsid w:val="00CE25EF"/>
     <w:rsid w:val="00D13595"/>
     <w:rsid w:val="00D27425"/>
     <w:rsid w:val="00D31585"/>
     <w:rsid w:val="00D34062"/>
     <w:rsid w:val="00D57EB4"/>
     <w:rsid w:val="00D73CB8"/>
     <w:rsid w:val="00D84164"/>
     <w:rsid w:val="00D95A1E"/>
     <w:rsid w:val="00DA4B1A"/>
     <w:rsid w:val="00DB7D51"/>
     <w:rsid w:val="00DD0EB4"/>
     <w:rsid w:val="00DF0E39"/>
     <w:rsid w:val="00E17F25"/>
     <w:rsid w:val="00E20E18"/>
     <w:rsid w:val="00E31861"/>
     <w:rsid w:val="00E40EEB"/>
+    <w:rsid w:val="00E6208A"/>
     <w:rsid w:val="00E626C7"/>
     <w:rsid w:val="00E7508A"/>
     <w:rsid w:val="00EC30B0"/>
     <w:rsid w:val="00EC6567"/>
     <w:rsid w:val="00F2295B"/>
     <w:rsid w:val="00F2697C"/>
     <w:rsid w:val="00F60415"/>
     <w:rsid w:val="00F74532"/>
     <w:rsid w:val="00F74BA9"/>
     <w:rsid w:val="00F767EA"/>
     <w:rsid w:val="00F90CEA"/>
     <w:rsid w:val="00FB6550"/>
     <w:rsid w:val="00FB7B56"/>
     <w:rsid w:val="00FC5DA0"/>
     <w:rsid w:val="00FF0B4D"/>
     <w:rsid w:val="00FF5714"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -10988,51 +10787,51 @@
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sop.wa.gov.au" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.wa.gov.au/~/media/Files/Corporate/general-documents/water/Wastewater/Septic-Application.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.absa.net.au" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wa.gov.au/organisation/service-delivery/owner-builder-approval" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abcb.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sop.wa.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wa.gov.au/service/education-and-training/vocational-education/pay-your-construction-training-fund-levy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wa.gov.au/organisation/building-and-energy/building-approvals" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maps.slip.wa.gov.au/landgate/bushfireprone/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantagenet.wa.gov.au/documents/1070/building-and-planning-services-directory" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantagenet.wa.gov.au/develop-build/building/vehicle-crossovers.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sop.wa.gov.au" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wa.gov.au/organisation/service-delivery/owner-builder-approval" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abcb.gov.au" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wa.gov.au/service/education-and-training/vocational-education/pay-your-construction-training-fund-levy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maps.slip.wa.gov.au/landgate/bushfireprone/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wa.gov.au/organisation/building-and-energy/building-approvals" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantagenet.wa.gov.au/develop-build/building/vehicle-crossovers.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantagenet.wa.gov.au/documents/1070/building-and-planning-services-directory" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.absa.net.au" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sop.wa.gov.au" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.wa.gov.au/~/media/Files/Corporate/general-documents/water/Wastewater/Septic-Application.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -11305,75 +11104,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28EC5FBE-77E3-4537-B7E6-AA28BFB3E786}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>998</Words>
-  <Characters>6988</Characters>
+  <Words>977</Words>
+  <Characters>6866</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>194</Lines>
-  <Paragraphs>150</Paragraphs>
+  <Lines>326</Lines>
+  <Paragraphs>211</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Shire Plantagenet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7836</CharactersWithSpaces>
+  <CharactersWithSpaces>7632</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2687016</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.absa.net.au/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3342368</vt:i4>
       </vt:variant>
       <vt:variant>