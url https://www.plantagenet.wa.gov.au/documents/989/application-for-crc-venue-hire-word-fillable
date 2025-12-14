--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -4459,125 +4459,127 @@
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752254">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A refund of fees is subject to written notice of cancellation being received</w:t>
       </w:r>
       <w:r w:rsidR="006F22ED">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by crc@sop.wa.gov.au</w:t>
       </w:r>
       <w:r w:rsidRPr="00752254">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C2EEA8" w14:textId="670E5CA2" w:rsidR="00752254" w:rsidRPr="00752254" w:rsidRDefault="003266A5" w:rsidP="00752254">
+    <w:p w14:paraId="77C2EEA8" w14:textId="240CBB63" w:rsidR="00752254" w:rsidRPr="00752254" w:rsidRDefault="001C02CC" w:rsidP="00752254">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk212821281"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> days or more prior to the booking, a full refund of hire fees will be made;</w:t>
+        <w:t>Cancellations made at least 24 hours in advance are eligible for a full refund.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4A9826" w14:textId="77777777" w:rsidR="00752254" w:rsidRPr="00752254" w:rsidRDefault="00752254" w:rsidP="00752254">
+    <w:p w14:paraId="0C4A9826" w14:textId="51DCB62B" w:rsidR="00752254" w:rsidRPr="00752254" w:rsidRDefault="001C02CC" w:rsidP="00752254">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752254">
-[...3 lines deleted...]
-        <w:t>Between 14 and 20 days prior to the booking, a half refund of hire fees will be made; and</w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cancellations made less than 24 hours before the booking time will be charged in full. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BB99B0" w14:textId="77777777" w:rsidR="00752254" w:rsidRPr="00752254" w:rsidRDefault="00752254" w:rsidP="00752254">
+    <w:p w14:paraId="24BB99B0" w14:textId="218D990A" w:rsidR="00752254" w:rsidRPr="00752254" w:rsidRDefault="001C02CC" w:rsidP="00752254">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752254">
-[...3 lines deleted...]
-        <w:t>Less than 14 days prior to the booking, no refund will be made.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>No deposit is required at the time the booking</w:t>
+      </w:r>
+      <w:r w:rsidR="00752254" w:rsidRPr="00752254">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="43C557A7" w14:textId="5260A7F6" w:rsidR="00752254" w:rsidRPr="00752254" w:rsidRDefault="00752254" w:rsidP="00433F46">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00752254">
         <w:t>Equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4250E527" w14:textId="2BFFDC82" w:rsidR="00752254" w:rsidRPr="005949E3" w:rsidRDefault="00493BD3" w:rsidP="005949E3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Should you require additional </w:t>
       </w:r>
       <w:r w:rsidR="00AD72F5">
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -5202,131 +5204,130 @@
         <w:t xml:space="preserve"> provided</w:t>
       </w:r>
       <w:r w:rsidRPr="00752254">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (except wet rubbish, which is to be removed). A Cleaning Schedule is attached for your information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4232E9C3" w14:textId="6E55E66C" w:rsidR="00752254" w:rsidRPr="00752254" w:rsidRDefault="00752254" w:rsidP="00433F46">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00752254">
         <w:t>Security, Callouts and Keys</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="363EB056" w14:textId="5CA807D7" w:rsidR="00752254" w:rsidRDefault="002E716C" w:rsidP="00752254">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk202966932"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk202966932"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r w:rsidR="007558CE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> liaise for a mutually agreeable key pick </w:t>
       </w:r>
       <w:r w:rsidR="00410128">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">up </w:t>
       </w:r>
       <w:r w:rsidR="007558CE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and return time within</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00642D95">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CRC’</w:t>
       </w:r>
       <w:r w:rsidR="0046649E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> opening hours. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00752254" w:rsidRPr="00752254">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All doors and windows must be secured when the premises are vacated</w:t>
       </w:r>
       <w:r w:rsidR="00752254" w:rsidRPr="00DC5277">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. If </w:t>
       </w:r>
       <w:r w:rsidR="00AD72F5" w:rsidRPr="00DC5277">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>after hours</w:t>
       </w:r>
       <w:r w:rsidR="00752254" w:rsidRPr="00DC5277">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is called out to secure a building, the hirer at fault will be billed costs accordingly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E1A0E21" w14:textId="7FA20F06" w:rsidR="00752254" w:rsidRPr="00752254" w:rsidRDefault="00752254" w:rsidP="00433F46">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00752254">
-        <w:lastRenderedPageBreak/>
         <w:t>VENUE HIRE DECLARATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79AA165B" w14:textId="77777777" w:rsidR="003266A5" w:rsidRDefault="00BD3BB9" w:rsidP="00BD3BB9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C6520">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I am over the age of 18 years and hereby agree that the above booking details are tentative until confirmed by the Shire of Plantagenet.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682FF692" w14:textId="77777777" w:rsidR="003266A5" w:rsidRDefault="003266A5" w:rsidP="00BD3BB9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
@@ -5423,51 +5424,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I have read and understood the terms and conditions for </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>this Venue</w:t>
             </w:r>
             <w:r w:rsidRPr="006A5453">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hire.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC4BA98" w14:textId="77777777" w:rsidR="00BD3BB9" w:rsidRDefault="002E74B2" w:rsidP="00483E24">
+          <w:p w14:paraId="2EC4BA98" w14:textId="77777777" w:rsidR="00BD3BB9" w:rsidRDefault="00A01A5F" w:rsidP="00483E24">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-831291209"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BD3BB9">
@@ -5503,51 +5504,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I have read and understood the evacuation </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and cleaning requirements</w:t>
             </w:r>
             <w:r w:rsidRPr="006A5453">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> provided to me.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08DD0BB0" w14:textId="77777777" w:rsidR="00BD3BB9" w:rsidRDefault="002E74B2" w:rsidP="00483E24">
+          <w:p w14:paraId="08DD0BB0" w14:textId="77777777" w:rsidR="00BD3BB9" w:rsidRDefault="00A01A5F" w:rsidP="00483E24">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-492486430"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BD3BB9">
@@ -6187,51 +6188,51 @@
           </w:tcPr>
           <w:p w14:paraId="4AB9B9C7" w14:textId="585AA413" w:rsidR="00F17653" w:rsidRDefault="00F17653" w:rsidP="00F17653">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00F17653">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Booking Availability</w:t>
             </w:r>
             <w:r w:rsidR="009B0366">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5218D119" w14:textId="35A21AB1" w:rsidR="00F17653" w:rsidRDefault="002E74B2" w:rsidP="00F17653">
+          <w:p w14:paraId="5218D119" w14:textId="35A21AB1" w:rsidR="00F17653" w:rsidRDefault="00A01A5F" w:rsidP="00F17653">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1013194278"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F17653">
@@ -6239,51 +6240,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F17653">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC5CEC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F17653">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1A82B4" w14:textId="7045F109" w:rsidR="00F17653" w:rsidRDefault="002E74B2" w:rsidP="00F17653">
+          <w:p w14:paraId="1D1A82B4" w14:textId="7045F109" w:rsidR="00F17653" w:rsidRDefault="00A01A5F" w:rsidP="00F17653">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1123114333"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC5CEC">
@@ -6324,51 +6325,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C04CD" w14:paraId="3C79CADD" w14:textId="77777777" w:rsidTr="00CC5CEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5F588140" w14:textId="285561DE" w:rsidR="001C04CD" w:rsidRDefault="007B7A59" w:rsidP="00F17653">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>Debtor Invoice Requested</w:t>
             </w:r>
             <w:r w:rsidR="009B0366">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6163574E" w14:textId="46408E5B" w:rsidR="001C04CD" w:rsidRDefault="002E74B2" w:rsidP="00F17653">
+          <w:p w14:paraId="6163574E" w14:textId="46408E5B" w:rsidR="001C04CD" w:rsidRDefault="00A01A5F" w:rsidP="00F17653">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-927736989"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6377,51 +6378,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001C04CD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC5CEC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001C04CD">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B192A1F" w14:textId="40AFB0EE" w:rsidR="001C04CD" w:rsidRDefault="002E74B2" w:rsidP="00F17653">
+          <w:p w14:paraId="3B192A1F" w14:textId="40AFB0EE" w:rsidR="001C04CD" w:rsidRDefault="00A01A5F" w:rsidP="00F17653">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-558862225"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6706,51 +6707,51 @@
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4C12E3A1" w14:textId="6E9849E0" w:rsidR="007B7A59" w:rsidRDefault="007B7A59" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>Hire Fees Paid</w:t>
             </w:r>
             <w:r w:rsidR="009B0366">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BB3765A" w14:textId="61F680C4" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="0BB3765A" w14:textId="61F680C4" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="888536672"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6762,51 +6763,51 @@
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B7A59">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC5CEC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B7A59">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7ED00C85" w14:textId="2F236D68" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="7ED00C85" w14:textId="2F236D68" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="194968504"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6882,51 +6883,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00DC5277">
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve">Added to </w:t>
             </w:r>
             <w:r w:rsidR="00DC5277" w:rsidRPr="00DC5277">
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve">Shared </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC5277">
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t>Outlook Calendar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="517EF13F" w14:textId="24A035C3" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="517EF13F" w14:textId="24A035C3" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1226410469"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6935,51 +6936,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B7A59">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC5CEC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B7A59">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF9E032" w14:textId="7D290B8A" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="0DF9E032" w14:textId="7D290B8A" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1876821068"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -7048,51 +7049,51 @@
             </w:pPr>
             <w:r w:rsidRPr="007B7A59">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Cleaner</w:t>
             </w:r>
             <w:r w:rsidR="00DC5277">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> notified</w:t>
             </w:r>
             <w:r w:rsidR="009B0366">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF0B210" w14:textId="0D738ACB" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="1CF0B210" w14:textId="0D738ACB" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1950622200"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B7A59">
@@ -7100,51 +7101,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B7A59">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC5CEC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B7A59">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="58EBD27F" w14:textId="2AACA864" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="58EBD27F" w14:textId="2AACA864" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1241295360"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B7A59">
@@ -7203,51 +7204,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00815291">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Booking confirmed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="009B0366">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B655932" w14:textId="6666B67B" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="1B655932" w14:textId="6666B67B" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="843284932"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -7256,51 +7257,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B7A59">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC5CEC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B7A59">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1B8572" w14:textId="3CC4D686" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="1A1B8572" w14:textId="3CC4D686" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1847850465"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -7630,51 +7631,51 @@
       <w:tr w:rsidR="007B7A59" w14:paraId="532124C3" w14:textId="77777777" w:rsidTr="00CC5CEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32BA16CB" w14:textId="14C52C78" w:rsidR="007B7A59" w:rsidRDefault="007B7A59" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>Property Inspected - Cleaner:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28092AEF" w14:textId="17E67986" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="28092AEF" w14:textId="17E67986" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1091302312"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -7686,51 +7687,51 @@
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B7A59">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC5CEC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B7A59">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02C0EDB7" w14:textId="3A3ED7B8" w:rsidR="007B7A59" w:rsidRDefault="002E74B2" w:rsidP="007B7A59">
+          <w:p w14:paraId="02C0EDB7" w14:textId="3A3ED7B8" w:rsidR="007B7A59" w:rsidRDefault="00A01A5F" w:rsidP="007B7A59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-395505446"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -9400,79 +9401,79 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00A00B5E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="_Hlk202957089"/>
+            <w:bookmarkStart w:id="8" w:name="_Hlk202957089"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sh</w:t>
             </w:r>
             <w:r w:rsidR="00101FE2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ire of Plantagenet | </w:t>
             </w:r>
             <w:r w:rsidR="00101FE2" w:rsidRPr="00101FE2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.plantagenet.wa.gov.au</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidR="00101FE2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00101FE2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
@@ -11171,104 +11172,106 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="604654988">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hPMLT/YKy0TB1NsXWYa2NDEDE0JvWoPGyyaX37ORxvjKRKAFLI5JkqB7m3nZ0lHhfmjFGYmXiQiga4p95/y7Rw==" w:salt="nm4SAI9E+4oVsToxut2DKg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YwDr9dKf5n0J+wijnNdv2KeSPUYdsb7Tzfn/hmkdsR1QkVDMysAwLL47788kXYJOuuaqGigMiAQWBdI5X3bSBA==" w:salt="LTcET9enC2+ZK1zh7ALQ7g=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="28673"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00752254"/>
     <w:rsid w:val="00012121"/>
     <w:rsid w:val="000272EA"/>
     <w:rsid w:val="000278F4"/>
     <w:rsid w:val="00066A37"/>
     <w:rsid w:val="000C35F7"/>
     <w:rsid w:val="000D4D01"/>
     <w:rsid w:val="000D7A2D"/>
     <w:rsid w:val="000F721B"/>
     <w:rsid w:val="00101443"/>
     <w:rsid w:val="00101FE2"/>
     <w:rsid w:val="0014578E"/>
     <w:rsid w:val="00162309"/>
     <w:rsid w:val="00167499"/>
     <w:rsid w:val="001714FB"/>
     <w:rsid w:val="001923E9"/>
     <w:rsid w:val="001B3C8E"/>
+    <w:rsid w:val="001C02CC"/>
     <w:rsid w:val="001C04CD"/>
     <w:rsid w:val="00242EE4"/>
     <w:rsid w:val="0026449E"/>
     <w:rsid w:val="00291ECB"/>
     <w:rsid w:val="002B007C"/>
     <w:rsid w:val="002C1548"/>
     <w:rsid w:val="002C280F"/>
     <w:rsid w:val="002C3DF3"/>
     <w:rsid w:val="002E716C"/>
     <w:rsid w:val="002E74B2"/>
     <w:rsid w:val="00314043"/>
     <w:rsid w:val="003266A5"/>
     <w:rsid w:val="00341BDC"/>
     <w:rsid w:val="00382967"/>
+    <w:rsid w:val="003D3BA8"/>
     <w:rsid w:val="003F17E6"/>
     <w:rsid w:val="00410128"/>
     <w:rsid w:val="00424162"/>
     <w:rsid w:val="00433CA6"/>
     <w:rsid w:val="00433F46"/>
     <w:rsid w:val="0046649E"/>
     <w:rsid w:val="004709DD"/>
     <w:rsid w:val="00493BD3"/>
     <w:rsid w:val="004A55E2"/>
     <w:rsid w:val="004C1BD2"/>
     <w:rsid w:val="004C6BF0"/>
     <w:rsid w:val="004D0345"/>
     <w:rsid w:val="004F15B2"/>
     <w:rsid w:val="00517CFC"/>
     <w:rsid w:val="005723C1"/>
     <w:rsid w:val="00582893"/>
     <w:rsid w:val="00592E77"/>
     <w:rsid w:val="005949E3"/>
     <w:rsid w:val="005A4040"/>
     <w:rsid w:val="005C1F86"/>
     <w:rsid w:val="005C491E"/>
     <w:rsid w:val="005D3EEC"/>
     <w:rsid w:val="005F2E10"/>
     <w:rsid w:val="006223D6"/>
     <w:rsid w:val="00642D95"/>
@@ -11281,50 +11284,51 @@
     <w:rsid w:val="00713BBE"/>
     <w:rsid w:val="00725573"/>
     <w:rsid w:val="00740B5A"/>
     <w:rsid w:val="00742CEC"/>
     <w:rsid w:val="00752254"/>
     <w:rsid w:val="007558CE"/>
     <w:rsid w:val="00766DC4"/>
     <w:rsid w:val="007B7A59"/>
     <w:rsid w:val="007C794F"/>
     <w:rsid w:val="007D7DF8"/>
     <w:rsid w:val="007E6EE3"/>
     <w:rsid w:val="00815291"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="008B1856"/>
     <w:rsid w:val="008B6843"/>
     <w:rsid w:val="008D3316"/>
     <w:rsid w:val="008D4C29"/>
     <w:rsid w:val="00905A61"/>
     <w:rsid w:val="00926ABA"/>
     <w:rsid w:val="009370F2"/>
     <w:rsid w:val="00971E5B"/>
     <w:rsid w:val="00972362"/>
     <w:rsid w:val="009B0135"/>
     <w:rsid w:val="009B0366"/>
     <w:rsid w:val="00A00B5E"/>
+    <w:rsid w:val="00A01A5F"/>
     <w:rsid w:val="00A04F2B"/>
     <w:rsid w:val="00A10168"/>
     <w:rsid w:val="00A326A2"/>
     <w:rsid w:val="00A53552"/>
     <w:rsid w:val="00A6146D"/>
     <w:rsid w:val="00A76A5A"/>
     <w:rsid w:val="00A77685"/>
     <w:rsid w:val="00AB011A"/>
     <w:rsid w:val="00AD72F5"/>
     <w:rsid w:val="00AE70B6"/>
     <w:rsid w:val="00AF11BE"/>
     <w:rsid w:val="00B3666A"/>
     <w:rsid w:val="00B37C7B"/>
     <w:rsid w:val="00B74582"/>
     <w:rsid w:val="00BA7C75"/>
     <w:rsid w:val="00BC4A28"/>
     <w:rsid w:val="00BD3BB9"/>
     <w:rsid w:val="00BE36AC"/>
     <w:rsid w:val="00C365BC"/>
     <w:rsid w:val="00C77725"/>
     <w:rsid w:val="00CA41C7"/>
     <w:rsid w:val="00CB2F62"/>
     <w:rsid w:val="00CB5F4E"/>
     <w:rsid w:val="00CC5CEC"/>
     <w:rsid w:val="00CE4FF9"/>
@@ -11356,51 +11360,51 @@
     <w:rsid w:val="00F37715"/>
     <w:rsid w:val="00F6146C"/>
     <w:rsid w:val="00F77B15"/>
     <w:rsid w:val="00F930FF"/>
     <w:rsid w:val="00FA6C6B"/>
     <w:rsid w:val="00FA7C0B"/>
     <w:rsid w:val="00FB0DC3"/>
     <w:rsid w:val="00FC11D2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="28673"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="248A4E6E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{976318BB-CBC8-45A4-B6AE-9DD690942FA6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -13732,50 +13736,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AC353C"/>
     <w:rsid w:val="00291ECB"/>
+    <w:rsid w:val="003D3BA8"/>
     <w:rsid w:val="006E3B6F"/>
     <w:rsid w:val="007104B0"/>
     <w:rsid w:val="00A10168"/>
     <w:rsid w:val="00AC353C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -14661,75 +14666,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1754</Words>
-  <Characters>10000</Characters>
+  <Words>1811</Words>
+  <Characters>9926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>354</Lines>
+  <Paragraphs>160</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11731</CharactersWithSpaces>
+  <CharactersWithSpaces>11577</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Helen Purves</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SynergySoftUID">
     <vt:lpwstr>K6F8B8980</vt:lpwstr>